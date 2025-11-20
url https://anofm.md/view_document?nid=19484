--- v0 (2025-10-03)
+++ v1 (2025-11-20)
@@ -1,12107 +1,13022 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="00AA3CBB">
-[...77 lines deleted...]
-    <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="00AA3CBB">
+    <w:p w14:paraId="6972CF91" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ro-RO"/>
-[...74 lines deleted...]
-          <w:lang w:val="ro-RO"/>
+          <w:lang w:val="ro-RO" w:eastAsia="ro-RO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1725"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3342"/>
+        <w:gridCol w:w="2681"/>
+        <w:gridCol w:w="2193"/>
+        <w:gridCol w:w="1706"/>
+        <w:gridCol w:w="2446"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...17 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="6927596D" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7491DEF7" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Anexă</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B239C26" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>la Regulamentul cu privire la ocuparea</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="402A1F5E" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>funcției publice prin concurs</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B023084" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E0C09DA" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>FORMULAR</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EE2B81F" w14:textId="429E5B24" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>de participare la concursul pentru ocuparea funcției publice vacante</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5ABE8BD9" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...12 lines deleted...]
-                <w:szCs w:val="16"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B07F725" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Autoritatea publică</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ______________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5BA1352F" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Funcția publică solicitată</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> _________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="528237BF" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68A174E6" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>I. Date generale</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="150E8595" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="4C99B079" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1485" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="259EA28F" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ro-RO"/>
               </w:rPr>
               <w:t xml:space="preserve">Nume </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3064" w:type="dxa"/>
-[...13 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+            <w:tcW w:w="1215" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="51CF1A5F" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="113380DC" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...27 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prenume </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7FE3434C" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="75C24DB7" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1485" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F13E128" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...35 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Data nașterii</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="78B19524" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB38F92" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...5 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Domiciliu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3697B9DE" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...17 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="2248454D" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1485" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A2C5E0A" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...35 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Cetățenia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3515" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53208983" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="0CF6CAEF" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1485" w:type="pct"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4997653A" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...27 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3515" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50133C22" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="04FC557F" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1485" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72D3D97C" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...35 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Telefon de contact:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="444B5FC2" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...7 lines deleted...]
-            </w:pPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mobil: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1AA57D1B" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">domiciliu: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59BD304D" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>E-mail</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49F2DC5A" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="7F33BEB3" w14:textId="77777777" w:rsidTr="00F3620C">
         <w:trPr>
-          <w:trHeight w:val="275"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1725" w:type="dxa"/>
-[...14 lines deleted...]
-              <w:suppressAutoHyphens/>
+            <w:tcW w:w="1485" w:type="pct"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F6892B8" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="pct"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49D195C7" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="945" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="086BD394" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...20 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Codul și</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2BA097E7" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...524 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>adresa poștală</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1355" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF0492A" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="00AA3CBB">
+    <w:p w14:paraId="7F27CF30" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
-          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...2 lines deleted...]
-          <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
-[...61 lines deleted...]
-          <w:lang w:val="ro-RO"/>
+          <w:lang w:val="ro-RO" w:eastAsia="ro-RO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="521"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2383"/>
+        <w:gridCol w:w="460"/>
+        <w:gridCol w:w="1208"/>
+        <w:gridCol w:w="4320"/>
+        <w:gridCol w:w="3038"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...16 lines deleted...]
-              <w:suppressAutoHyphens/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="1E4786D0" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="35444F83" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>II. Educație</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18AB1DCC" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="77A2E057" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Studii superioare, de licență sau echivalente (ciclul I):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E856384" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="7EF4C364" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="255" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="390B9475" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...11 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ro-RO"/>
               </w:rPr>
               <w:t>Nr.</w:t>
             </w:r>
-          </w:p>
-[...6 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>crt.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C4B1D81" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...38 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Perioada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="38B79EE7" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...35 lines deleted...]
-              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Instituția, localizarea, facultatea</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7757D0DE" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...123 lines deleted...]
-              </w:rPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Specialitatea obținută. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:br/>
               <w:t>Diplomă/certificat</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...115 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="6401F44E" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="255" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF8BF27" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="77C9FD54" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B086845" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C94D025" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...115 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="350B82E1" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="255" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A063E83" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C98E9D4" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="314F335F" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="467296AF" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...115 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="5A68B849" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="255" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15A8BA46" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="669" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="04FEBC51" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2393" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B8B1B56" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1682" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62A476A6" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="00AA3CBB">
+    <w:p w14:paraId="7E72BDA1" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
-          <w:b/>
-[...35 lines deleted...]
-          <w:lang w:val="ro-RO"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO" w:eastAsia="ro-RO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="522"/>
-        <w:gridCol w:w="2355"/>
+        <w:gridCol w:w="534"/>
+        <w:gridCol w:w="1190"/>
         <w:gridCol w:w="4246"/>
-        <w:gridCol w:w="2447"/>
+        <w:gridCol w:w="3056"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...16 lines deleted...]
-              <w:suppressAutoHyphens/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="2F9E10F2" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12E1C606" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Studii superioare de masterat și/sau doctorat (ciclul II, ciclul III):</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7A768375" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="6A9E6DBD" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="296" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DFCEE0D" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...23 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nr. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>crt.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="659" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B455644" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...38 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Perioada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E0B5DF9" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...35 lines deleted...]
-              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Instituția, localizarea, facultatea</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1692" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5520E92E" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...97 lines deleted...]
-              <w:t>Specialitatea, titlul obţinut. Diplomă/certificat</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Specialitatea, titlul obținut. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Diplomă/certificat</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...115 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="504335D1" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="296" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE4D84E" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="659" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="184B10B7" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12CCF0EF" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1692" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B43B9FE" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...115 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="2A183F81" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="296" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D746606" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="659" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="357AB884" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40056C9B" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1692" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B24492E" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...115 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="06F8577D" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="296" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F4910E0" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="659" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3119597C" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2352" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="348ACA7B" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1692" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B86A1C1" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="00AA3CBB">
+    <w:p w14:paraId="0040F8E2" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
-          <w:b/>
-[...38 lines deleted...]
-          <w:lang w:val="ro-RO"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO" w:eastAsia="ro-RO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9397" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="534"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1634"/>
+        <w:gridCol w:w="527"/>
+        <w:gridCol w:w="1173"/>
+        <w:gridCol w:w="2607"/>
+        <w:gridCol w:w="2462"/>
+        <w:gridCol w:w="2257"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...16 lines deleted...]
-              <w:suppressAutoHyphens/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="0499B565" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5798987E" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Cursuri de perfecționare/specializare relevante funcției publice vacante pentru care se organizează concursul:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="141F01EE" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="5169BE41" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="292" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17D0A46F" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...23 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nr. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>crt.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="650" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3A40E767" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...38 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Perioada</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1444" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66FA3348" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...35 lines deleted...]
-              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Instituția, localizarea</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="278E3B55" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...26 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Denumirea cursului</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1250" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1686EE1E" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...104 lines deleted...]
-                <w:szCs w:val="16"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ro-RO"/>
               </w:rPr>
               <w:t>Diplomă/certificat</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...145 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="557DBDB9" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="292" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="60B496C8" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="650" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B096853" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1444" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02F400B0" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65CB0CD1" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1250" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39B7A690" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...145 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="09374531" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="292" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="53E45320" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="650" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7955C232" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1444" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A07F49E" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E40465C" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1250" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12D82605" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...145 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="2773609A" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="292" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="28662532" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="650" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71ADB213" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1444" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F95649C" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1364" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1141891F" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1250" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A361293" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="00AA3CBB">
+    <w:p w14:paraId="104DCD90" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
-          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...2 lines deleted...]
-          <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+          <w:lang w:val="ro-RO" w:eastAsia="ro-RO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9397" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2409"/>
-        <w:gridCol w:w="6988"/>
+        <w:gridCol w:w="4251"/>
+        <w:gridCol w:w="4759"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...2 lines deleted...]
-            <w:tcW w:w="2409" w:type="dxa"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="6F3D57EA" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2359" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...12 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13D3CA15" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...35 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Titluri științifice</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3EFC4705" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="1ECE306A" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2359" w:type="pct"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F62A8B1" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26EE4B5F" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="5A1AC265" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2359" w:type="pct"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67240F1F" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D651670" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="4A64DBC7" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2359" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FA07255" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...7 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Lucrări științifice, brevete de invenție, publicații etc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="594F1852" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="2E06EE27" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2359" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="006B144D">
+          <w:p w14:paraId="1A5040E7" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13D6AF11" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="3EEDCB47" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2359" w:type="pct"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5AEB12E0" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="07400ADF" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="2D27C33E" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2359" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="439C3A76" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...37 lines deleted...]
-            </w:pPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Apartenența la organizații/asociații profesionale, participarea în grupuri naționale de lucru etc.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5B7B8846" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...2 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="560D7AB2" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2359" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="006B144D">
-[...41 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6979E4E2" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="044E9742" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...75 lines deleted...]
-            <w:tcW w:w="0" w:type="auto"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="36418E2C" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2359" w:type="pct"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="006B144D">
-[...294 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="5E28CF96" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5EB08DEC" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="00AA3CBB">
+    <w:p w14:paraId="0BF7F5FE" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO" w:eastAsia="ro-RO"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42A4DA1B" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-        <w:suppressAutoHyphens/>
+      <w:r w:rsidRPr="0055274C">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="000218B1">
+        <w:t>III. Experiența profesională relevantă în domeniul aferent funcției publice vacante (începând cu cea recentă)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0055274C">
         <w:rPr>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
           <w:lang w:val="ro-RO"/>
         </w:rPr>
-        <w:t>III. Experienţa de muncă</w:t>
+        <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="00AA3CBB">
+    <w:p w14:paraId="49500690" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:b/>
-[...16 lines deleted...]
-          <w:lang w:val="ro-RO"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO" w:eastAsia="ro-RO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9493" w:type="dxa"/>
-[...8 lines deleted...]
-        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4785"/>
-        <w:gridCol w:w="4708"/>
+        <w:gridCol w:w="1126"/>
+        <w:gridCol w:w="2664"/>
+        <w:gridCol w:w="2798"/>
+        <w:gridCol w:w="1220"/>
+        <w:gridCol w:w="117"/>
+        <w:gridCol w:w="1101"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...17 lines deleted...]
-              <w:spacing w:line="257" w:lineRule="auto"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="33505D24" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="610" w:type="pct"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4390" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E18AA77" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="5A9F143D" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="610" w:type="pct"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2D11F39D" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="16"/>
-[...31 lines deleted...]
-              <w:spacing w:line="257" w:lineRule="auto"/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Perioada</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1476" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24BB9718" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:b/>
-                <w:sz w:val="22"/>
-[...3 lines deleted...]
-            </w:pPr>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Organizația, localizarea. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Postul deținut</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4BA02B04" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Atribuțiile și responsabilitățile de bază</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...17 lines deleted...]
-              <w:spacing w:line="257" w:lineRule="auto"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="3FC44A86" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="610" w:type="pct"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23D8558F" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1476" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D5709EB" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F245456" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="0E06E457" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="610" w:type="pct"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="686BC401" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1476" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="094B4597" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27B96290" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="4867854F" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="610" w:type="pct"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39728FA9" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1476" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7AFE06C1" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E561B70" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="50FFB888" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="610" w:type="pct"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="623" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4671F7A6" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1476" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1D366DE1" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2291" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C220AA8" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="78AA82D4" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="610" w:type="pct"/>
+          <w:trHeight w:val="416"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4390" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7D5709A7" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F1A3A1E" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:b/>
-[...32 lines deleted...]
-              <w:spacing w:line="257" w:lineRule="auto"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>La necesitate, se adaugă secțiuni suplimentare.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7C343A7B" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Se completează pentru perioadele de exercitare efectivă a atribuțiilor de serviciu.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AB4799D" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="355D2C66" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="610" w:type="pct"/>
+          <w:trHeight w:val="416"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4390" w:type="pct"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4069F687" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>IV. Competențe (autoevaluare)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C236818" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="3F44E212" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3649" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="527D0A10" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Abilități manageriale </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(se completează pentru funcția publică de conducere </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>de nivel superior și de conducere)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1351" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21F7ECD1" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nivel de dezvoltare </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>și manifestare</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="439571AB" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3649" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="50A1A5B4" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="645ECA12" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>înalt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="237B1305" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>mediu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="6F7DAE0D" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3649" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57369891" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Planificarea activității</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6487DEA5" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B755654" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="79FFBA4B" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3649" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="438B2B3F" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Organizarea și coordonarea</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4D06F9E9" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FAE3A4F" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="4E8B1CC6" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3649" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="629AC807" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Monitorizarea, evaluarea și raportarea</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66F8AD40" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D1B61FD" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="57641FA7" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3649" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49DBA721" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Luarea deciziilor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA7769B" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="557DD513" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="019FA27D" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3649" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="371F3D22" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Soluționarea problemelor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="447917AB" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="748DDE8C" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="5DB4A563" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3649" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6429522D" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Managementul resurselor umane</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20426E1B" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2F86B403" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="3C09D40C" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3649" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7639C00C" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Managementul schimbărilor</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20897A95" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55306119" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="4738E025" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3649" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6018B3A3" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Altele (specificați)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB067E8" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="408EF424" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="0EB2FCE7" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3649" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BFBC7D3" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="676" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="352DE86F" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="675" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D3AAAB0" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="00AA3CBB">
+    <w:p w14:paraId="039CF107" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:b/>
-[...38 lines deleted...]
-          <w:lang w:val="ro-RO"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO" w:eastAsia="ro-RO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9503" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1555"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4715"/>
+        <w:gridCol w:w="6561"/>
+        <w:gridCol w:w="1224"/>
+        <w:gridCol w:w="1225"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...17 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="50351BFB" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3641" w:type="pct"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="36D75B7B" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Abilități profesionale generice</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7EDD5186" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>(se completează pentru toate funcțiile publice)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B8D8BB3" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...38 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nivel de dezvoltare </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>și manifestare</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="3DF116B7" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3641" w:type="pct"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="207F50BD" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F49335B" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...57 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>înalt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="46441BF3" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...17 lines deleted...]
-              <w:t>Atribuțiile și responsabilitățile de bază</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>mediu</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...16 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="31BE5DE7" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6501315C" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...26 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Comunicarea interpersonală</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="79CF902D" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2ADB14EC" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="23A51076" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:trHeight w:val="52"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6F253B49" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...28 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Soluționarea de conflicte</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02604D98" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="438D6D40" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="3F6C7D17" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E75520A" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...7 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Lucrul în echipă</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="45D914F0" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="340503B8" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...16 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="7EFD3118" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4007ADA1" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...26 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Managementul timpului</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="019CBDE7" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="752DF42C" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="66C83897" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="52516DDD" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...28 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Altele (specificați)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="18F092C6" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="603B8773" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="0AA3B7C6" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2A2FF5B0" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...195 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CF12BF2" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B2F8F93" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="00AA3CBB">
+    <w:p w14:paraId="45CDD157" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
-          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...97 lines deleted...]
-          <w:lang w:val="ro-RO"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO" w:eastAsia="ro-RO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9542" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6578"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1482"/>
+        <w:gridCol w:w="6561"/>
+        <w:gridCol w:w="1224"/>
+        <w:gridCol w:w="1225"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...2 lines deleted...]
-            <w:tcW w:w="6578" w:type="dxa"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="0F3DAA09" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3641" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03E4C91B" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Atitudini/comportamente</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7B03C3C2" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>(se completează pentru toate funcțiile publice)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1359" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5A79D718" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Nivel de dezvoltare </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>și manifestare</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="0DA919AA" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3641" w:type="pct"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AA3CBB" w:rsidRDefault="00AA3CBB" w:rsidP="006B144D">
-[...5 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+          <w:p w14:paraId="4BB0C77A" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="57E1739A" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...29 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>înalt</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F1CC471" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...42 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>mediu</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="2819DEBD" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B4A56EA" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Integritate profesională</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF525C6" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20B703CF" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...13 lines deleted...]
-          <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="006B144D">
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="785E8F1A" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0382B787" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
             <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...28 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Orientare spre respectarea drepturilor și libertăților fundamentale ale omului</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48C778BB" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="276F6ABD" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="22DC2FA2" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5EA4CC5C" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...39 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Orientare spre rezultat și calitate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7340BF42" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15F63F04" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="579FB479" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="741C0FA6" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...18 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Spirit de inițiativă</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="73913D2D" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="25E4DA84" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="0C473C31" w14:textId="77777777" w:rsidTr="00F3620C">
         <w:trPr>
-          <w:trHeight w:val="58"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6578" w:type="dxa"/>
-[...14 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+            <w:tcW w:w="3641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24DB5A7A" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...36 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Flexibilitate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2ACFF7" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1B7901D0" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="532607C0" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23DCDD0C" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...26 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Orientare spre dezvoltare profesională continuă</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B18E681" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="354FD834" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="14F850EC" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="750427D0" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...5 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Autocontrol și rezistență la stres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B785950" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="13072A8E" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...17 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="260E898C" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15451E37" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...75 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Altele (specificați)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17A4EB77" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE9F2A6" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...617 lines deleted...]
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="74688BE9" w14:textId="77777777" w:rsidTr="00F3620C">
         <w:trPr>
-          <w:trHeight w:val="184"/>
+          <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6578" w:type="dxa"/>
-[...81 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+            <w:tcW w:w="3641" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="16BF7F07" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="679" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4B78E7BD" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="680" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="785F2056" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="00AA3CBB">
+    <w:p w14:paraId="69CC4F78" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
-          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...2 lines deleted...]
-          <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+          <w:lang w:val="ro-RO" w:eastAsia="ro-RO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9542" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6578"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1482"/>
+        <w:gridCol w:w="1766"/>
+        <w:gridCol w:w="1224"/>
+        <w:gridCol w:w="1224"/>
+        <w:gridCol w:w="1182"/>
+        <w:gridCol w:w="1182"/>
+        <w:gridCol w:w="1224"/>
+        <w:gridCol w:w="1224"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...2 lines deleted...]
-            <w:tcW w:w="6578" w:type="dxa"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="690FF75A" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E11A91A" w14:textId="5F268448" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>V. Nivel de cunoaștere a limbilor</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6691239C" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="0C64BAFA" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="978" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2491362D" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Denumirea limbii</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4022" w:type="pct"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71D82733" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Calificativ de cunoaștere </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>(conform Cadrului European Comun de Referință pentru cunoașterea unei limbi)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="5F54E4E0" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="978" w:type="pct"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="006B144D">
-[...5 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+          <w:p w14:paraId="0F65CE95" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB2E1BA" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>A1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1C8A6DDF" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...41 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>A2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="655" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05A5BA90" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...67 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>B1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="655" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="41F2E2C8" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...37 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>B2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF2DC8A" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...15 lines deleted...]
-              <w:t>mediu</w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>C1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0903515C" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>C2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...96 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="5271C99E" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="978" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56DD56E4" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="045B49CA" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2A7F82" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="655" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="226A6FC0" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="655" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="684DE433" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F38755C" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03FB156E" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...96 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="3E344812" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="978" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72509620" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="189C40C4" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D6D4B7C" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="655" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24F5BB4D" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="655" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="021F37FE" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02B3B589" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="43480D55" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...393 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="293F65A6" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="978" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="76BDB6B3" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6716DAE6" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72D89CB7" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="655" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B011FA6" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="655" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="75281737" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0F992F" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="678" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="577471D2" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="00AA3CBB">
+    <w:p w14:paraId="002B5B6A" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:rPr>
-          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
-[...2 lines deleted...]
-          <w:kern w:val="2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+          <w:lang w:val="ro-RO" w:eastAsia="ro-RO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9503" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6578"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1463"/>
+        <w:gridCol w:w="3483"/>
+        <w:gridCol w:w="1811"/>
+        <w:gridCol w:w="2235"/>
+        <w:gridCol w:w="1497"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...2 lines deleted...]
-            <w:tcW w:w="6578" w:type="dxa"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="19A07F1D" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5E9746" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VI. Competențe digitale </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39DE20E3" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="1A4C9BC7" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1930" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D392EA3" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="94"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Programe/aplicații</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3070" w:type="pct"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="55BEF868" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Nivel de utilizare</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="0A54950A" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1930" w:type="pct"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="006B144D">
-[...5 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+          <w:p w14:paraId="0800EDA6" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="94"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1003" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26A9B04E" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...43 lines deleted...]
-              <w:spacing w:line="256" w:lineRule="auto"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>începător</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1238" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56DD6040" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...17 lines deleted...]
-              <w:t>Nivel de dezvoltare şi manifestare</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>intermediar</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="830" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05C24EC5" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>avansat</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...109 lines deleted...]
-            </w:r>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="2B1F5EB5" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1930" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69E66052" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="94"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>MS Word</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1003" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="460A12C3" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1238" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B7EAF0A" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="830" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="160DD133" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...96 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="68AD37FD" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1930" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D80FCAD" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="94"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>PowerPoint</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1003" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="086A5829" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1238" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="72C4D22A" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="830" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="03BF9B15" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...96 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="0127522C" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1930" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5849CA10" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="94"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Excel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1003" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21D9A9E5" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1238" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3657871D" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="830" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="56E743F7" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...96 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="245D5D7C" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1930" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8803A0" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="94"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Internet</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1003" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="69000051" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1238" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="40191E02" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="830" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA112DD" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...96 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="79E9FF3F" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1930" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CD8368A" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="94"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Altele (specificați)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1003" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7DB11376" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1238" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D449313" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="830" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1ACB0776" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...497 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="49CE2D51" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1930" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20F21BBC" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1003" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="031EBAEA" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1238" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CF55EA6" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="830" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3CF69F" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="00AA3CBB">
+    <w:p w14:paraId="05AD6A80" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:suppressAutoHyphens/>
         <w:rPr>
-          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
-[...40 lines deleted...]
-          <w:lang w:val="ro-RO"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO" w:eastAsia="ro-RO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9468" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2688"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1130"/>
+        <w:gridCol w:w="4513"/>
+        <w:gridCol w:w="4513"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...2 lines deleted...]
-            <w:tcW w:w="2688" w:type="dxa"/>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="227DA1AD" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="68DB5D74" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>VII. Relații de rudenie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="429D2ABE" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="610E5E97" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48B03DD8" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="94"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Relații de rudenie cu demnitarii sau funcționarii autorități publice organizatoare a concursului și/sau autorității în care s-a anunțat funcția publică vacantă</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C4152B3" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="3CB77C51" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="006B144D">
-[...36 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:p w14:paraId="7F4F9E38" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2C75C29B" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="4D302215" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00AA3CBB" w:rsidRDefault="00AA3CBB" w:rsidP="006B144D">
-[...947 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6628F841" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2500" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CC8C4BB" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidRDefault="00AA3CBB" w:rsidP="00AA3CBB">
+    <w:p w14:paraId="4A986BE6" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:ind w:left="709"/>
         <w:rPr>
-          <w:b/>
-[...39 lines deleted...]
-          <w:lang w:val="ro-RO"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ro-RO" w:eastAsia="ro-RO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9468" w:type="dxa"/>
-[...7 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="5000" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblCellMar>
+          <w:top w:w="15" w:type="dxa"/>
+          <w:left w:w="15" w:type="dxa"/>
+          <w:bottom w:w="15" w:type="dxa"/>
+          <w:right w:w="15" w:type="dxa"/>
+        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4024"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1964"/>
+        <w:gridCol w:w="860"/>
+        <w:gridCol w:w="4036"/>
+        <w:gridCol w:w="2243"/>
+        <w:gridCol w:w="1887"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
-[...2098 lines deleted...]
-      <w:tr w:rsidR="00AA3CBB" w:rsidRPr="000218B1" w:rsidTr="006B144D">
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="5A49CCD3" w14:textId="77777777" w:rsidTr="00F3620C">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2943" w:type="dxa"/>
-[...11 lines deleted...]
-              <w:suppressAutoHyphens/>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54704273" w14:textId="191F751F" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>VIII. Referințe</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71B22531" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="7C96C9E5" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="407" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C439697" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Nr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="27F4F3D3" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Nume, prenume</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B3ABEBD" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Organizația, postul deținut</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1068" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="17B457BE" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
+              <w:ind w:firstLine="0"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Telefon, e-mail</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="1BD5A3EB" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="407" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3FCC4709" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1ACDED07" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="690AE754" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1068" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62596DC9" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="7D8B5DE8" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="407" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFE376C" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA12E42" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E7875E9" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1068" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5066FA" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="5CCBD636" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="407" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="669E8C5C" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2259" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6B7B81A8" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1266" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7C29FADF" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1068" w:type="pct"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:left w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="718A2C21" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="4DA0F806" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5000" w:type="pct"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="12E5C8EF" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
               <w:rPr>
                 <w:i/>
-                <w:lang w:val="ro-RO"/>
-[...8 lines deleted...]
-              <w:suppressAutoHyphens/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Se completează în mod obligatoriu pentru ocuparea funcțiilor publice de conducere de nivel superior, cu indicarea a cel puțin 2 referințe.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="145A4135" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="65845390" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:ind w:firstLine="709"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">□ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Declar pe propria răspundere că datele înscrise în acest formular sunt veridice. Accept dreptul autorității publice de a verifica datele din formular și din documentele prezentate.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="208695D4" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:ind w:firstLine="709"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">□ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Îmi exprim în mod expres consimțământul cu privire la prelucrarea datelor mele cu caracter personal și a categoriilor speciale de date cu caracter personal, care sunt oferite de către mine în legătură cu depunerea dosarului de concurs.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="662EA9AD" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:ind w:firstLine="709"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">□ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Declar pe propria răspundere că sunt apt din punctul de vedere al sănătății pentru exercitarea funcției publice.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27302C83" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">□ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Declar pe propria răspundere că nu sunt privat de dreptul de a ocupa anumite funcții sau de a exercita o anumită activitate, ca pedeapsă de bază sau complementară, ca urmare a sentinței judecătorești definitive și nici nu am interdicția de a ocupa o funcție publică sau de demnitate publică ce derivă sau dintr-un act de </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>constatare al Autorității Naționale de Integritate.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E286F2F" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">□ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Declar pe propria răspundere că în ultimii 5 ani, în cazierul privind integritatea profesională, nu am înscrieri cu privire la rezultatul negativ al testului de integritate profesională pentru încălcarea obligației prevăzute la art. 7 alin. (2) lit. a) din Legea nr. 325/2013 privind evaluarea integrității instituționale.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="703E56DB" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:ind w:firstLine="709"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">□ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>Declar pe propria răspundere lipsa antecedentelor penale nestinse pentru infracțiuni săvârșite cu intenție.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="22970845" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:ind w:firstLine="709"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">□ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Îmi exprim în mod expres consimțământul cu privire la publicarea interviului pentru ocuparea unei funcții publice de conducere de nivel superior în modul prevăzut de cadrul normativ </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(se completează de persoanele care depun dosarul de aplicare pentru concursul de ocupare a unei funcții publice de conducere de nivel superior).  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="17250A86" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:pStyle w:val="NormalWeb"/>
+              <w:ind w:firstLine="709"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="031166CA" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E0E38" w:rsidRPr="0055274C" w14:paraId="37411B6E" w14:textId="77777777" w:rsidTr="00F3620C">
+        <w:trPr>
+          <w:trHeight w:val="586"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2666" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3357D134" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                              ________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4B018C42" w14:textId="36D3051B" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="007E0E38">
+            <w:pPr>
               <w:ind w:firstLine="0"/>
-              <w:jc w:val="center"/>
-[...114 lines deleted...]
-                <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> data completării formularului</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2334" w:type="pct"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="45" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="45" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="49461D59" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="156EAE0D" w14:textId="1C38C765" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t xml:space="preserve">_________________           </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5217D5AE" w14:textId="71B5FE55" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0055274C">
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
+              </w:rPr>
+              <w:t>semnătura/semnătura electronică</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="776D4D73" w14:textId="77777777" w:rsidR="007E0E38" w:rsidRPr="0055274C" w:rsidRDefault="007E0E38" w:rsidP="00F3620C">
+            <w:pPr>
+              <w:rPr>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ro-RO"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00444019" w:rsidRDefault="00444019"/>
-[...2 lines deleted...]
-      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+    <w:p w14:paraId="204A2CAF" w14:textId="77777777" w:rsidR="00B32DE8" w:rsidRDefault="00B32DE8"/>
+    <w:sectPr w:rsidR="00B32DE8" w:rsidSect="007E0E38">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="426" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...28 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
-    <w:charset w:val="00"/>
+    <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="720"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00AA3CBB"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00AA3CBB"/>
+    <w:rsidRoot w:val="007E0E38"/>
+    <w:rsid w:val="0001514A"/>
+    <w:rsid w:val="003B4FC3"/>
+    <w:rsid w:val="004301BC"/>
+    <w:rsid w:val="00565E58"/>
+    <w:rsid w:val="0058181B"/>
+    <w:rsid w:val="005C0197"/>
+    <w:rsid w:val="006D1F82"/>
+    <w:rsid w:val="00782DB7"/>
+    <w:rsid w:val="007E0E38"/>
+    <w:rsid w:val="00875999"/>
+    <w:rsid w:val="00B32DE8"/>
+    <w:rsid w:val="00DC3938"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="1A450195"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{AAB4BEC9-E305-40E3-951F-7D0D1344C7CC}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00AA3CBB"/>
+    <w:rsid w:val="007E0E38"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:ind w:firstLine="709"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titlu1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titlu1Caracter"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="007E0E38"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80" w:line="276" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titlu2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titlu2Caracter"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007E0E38"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80" w:line="276" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titlu3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titlu3Caracter"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007E0E38"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80" w:line="276" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titlu4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titlu4Caracter"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007E0E38"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40" w:line="276" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titlu5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titlu5Caracter"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007E0E38"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40" w:line="276" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titlu6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titlu6Caracter"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007E0E38"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titlu7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titlu7Caracter"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007E0E38"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:line="276" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titlu8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titlu8Caracter"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007E0E38"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titlu9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Titlu9Caracter"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="007E0E38"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:line="276" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontdeparagrafimplicit">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TabelNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="FrListare">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a">
-    <w:name w:val="Заголовок"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titlu1Caracter">
+    <w:name w:val="Titlu 1 Caracter"/>
+    <w:basedOn w:val="Fontdeparagrafimplicit"/>
+    <w:link w:val="Titlu1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="007E0E38"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titlu2Caracter">
+    <w:name w:val="Titlu 2 Caracter"/>
+    <w:basedOn w:val="Fontdeparagrafimplicit"/>
+    <w:link w:val="Titlu2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007E0E38"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titlu3Caracter">
+    <w:name w:val="Titlu 3 Caracter"/>
+    <w:basedOn w:val="Fontdeparagrafimplicit"/>
+    <w:link w:val="Titlu3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007E0E38"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titlu4Caracter">
+    <w:name w:val="Titlu 4 Caracter"/>
+    <w:basedOn w:val="Fontdeparagrafimplicit"/>
+    <w:link w:val="Titlu4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007E0E38"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titlu5Caracter">
+    <w:name w:val="Titlu 5 Caracter"/>
+    <w:basedOn w:val="Fontdeparagrafimplicit"/>
+    <w:link w:val="Titlu5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007E0E38"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titlu6Caracter">
+    <w:name w:val="Titlu 6 Caracter"/>
+    <w:basedOn w:val="Fontdeparagrafimplicit"/>
+    <w:link w:val="Titlu6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007E0E38"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titlu7Caracter">
+    <w:name w:val="Titlu 7 Caracter"/>
+    <w:basedOn w:val="Fontdeparagrafimplicit"/>
+    <w:link w:val="Titlu7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007E0E38"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titlu8Caracter">
+    <w:name w:val="Titlu 8 Caracter"/>
+    <w:basedOn w:val="Fontdeparagrafimplicit"/>
+    <w:link w:val="Titlu8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007E0E38"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Titlu9Caracter">
+    <w:name w:val="Titlu 9 Caracter"/>
+    <w:basedOn w:val="Fontdeparagrafimplicit"/>
+    <w:link w:val="Titlu9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="007E0E38"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Titlu">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Corptext"/>
-    <w:rsid w:val="00AA3CBB"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitluCaracter"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="007E0E38"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:spacing w:before="240" w:after="120"/>
+      <w:spacing w:after="80"/>
       <w:ind w:firstLine="0"/>
-      <w:jc w:val="right"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="MS Mincho" w:hAnsi="Arial" w:cs="Tahoma"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitluCaracter">
+    <w:name w:val="Titlu Caracter"/>
+    <w:basedOn w:val="Fontdeparagrafimplicit"/>
+    <w:link w:val="Titlu"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="007E0E38"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitlu">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitluCaracter"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="007E0E38"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:spacing w:after="160" w:line="276" w:lineRule="auto"/>
+      <w:ind w:firstLine="709"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitluCaracter">
+    <w:name w:val="Subtitlu Caracter"/>
+    <w:basedOn w:val="Fontdeparagrafimplicit"/>
+    <w:link w:val="Subtitlu"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="007E0E38"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citat">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitatCaracter"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="007E0E38"/>
+    <w:pPr>
+      <w:spacing w:before="160" w:after="160" w:line="276" w:lineRule="auto"/>
+      <w:ind w:firstLine="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitatCaracter">
+    <w:name w:val="Citat Caracter"/>
+    <w:basedOn w:val="Fontdeparagrafimplicit"/>
+    <w:link w:val="Citat"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="007E0E38"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Listparagraf">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="007E0E38"/>
+    <w:pPr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720" w:firstLine="0"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Accentuareintens">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="Fontdeparagrafimplicit"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="007E0E38"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Citatintens">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitatintensCaracter"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="007E0E38"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="864" w:right="864" w:firstLine="0"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitatintensCaracter">
+    <w:name w:val="Citat intens Caracter"/>
+    <w:basedOn w:val="Fontdeparagrafimplicit"/>
+    <w:link w:val="Citatintens"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="007E0E38"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Referireintens">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="Fontdeparagrafimplicit"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="007E0E38"/>
+    <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:kern w:val="2"/>
-[...2 lines deleted...]
-      <w:lang w:val="ro-RO" w:eastAsia="ar-SA"/>
+      <w:smallCaps/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Corptext">
-    <w:name w:val="Body Text"/>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
-    <w:link w:val="CorptextCaracter"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AA3CBB"/>
+    <w:rsid w:val="007E0E38"/>
     <w:pPr>
-      <w:spacing w:after="120"/>
-[...181 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:ind w:firstLine="567"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...76 lines deleted...]
-      <w:szCs w:val="20"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Стандартная">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Стандартная">
+    <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Стандартная">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -12231,53 +13146,57 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>2919</Characters>
+  <Pages>4</Pages>
+  <Words>803</Words>
+  <Characters>4664</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>38</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3425</CharactersWithSpaces>
+  <CharactersWithSpaces>5457</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Cristina Arama</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Lucia Gavriliuc</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>